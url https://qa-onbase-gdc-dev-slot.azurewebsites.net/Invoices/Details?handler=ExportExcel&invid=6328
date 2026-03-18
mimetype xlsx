--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -97,51 +97,51 @@
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3790) SAMARA SEC 16 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-4463) PRESERVATION CREEK PH 3 Sec 7 and 10</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-4025) Marlow Lakes Sec 5 WSDP</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-4266) HOLLAND RD ST DEDICATION SEG 1A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">P13 - (323-4276) BEACON POINT LAGO MAR 5 and WEST NICOLET </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3976) Austin Colony Section 1A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3473) Preservation Creek Ph 1 Sec 2</x:t>
   </x:si>