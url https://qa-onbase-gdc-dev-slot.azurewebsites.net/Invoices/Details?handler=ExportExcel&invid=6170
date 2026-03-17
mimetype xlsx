--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -97,51 +97,51 @@
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P5 - (323-333) TXDOT (McGREGOR)- SH 288-0598-01-105</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P5 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P5 - (323-3856) Sienna Community Park</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2995</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3528) Vida Mar Offsite</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3679) Andres Ln</x:t>
   </x:si>