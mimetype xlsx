--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -109,51 +109,51 @@
   <x:si>
     <x:t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2960) Serenity Oaks</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3215) Preservation Creek Ph 1 Seg 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2840) HCA Clear Lake Expansion Ph 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3492) Parkside Trails - ALVIN</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3627) txdot  h.co. - IH-45 - 0500-03-644</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>