--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -127,51 +127,51 @@
   <x:si>
     <x:t>P13 - (323-1681) Utilities and LS SH 96 GCWID 12</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3071) Pedregal South DETENTION POND</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2978) PRESERVATION CREEK PHASE 2 SEC 5</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">