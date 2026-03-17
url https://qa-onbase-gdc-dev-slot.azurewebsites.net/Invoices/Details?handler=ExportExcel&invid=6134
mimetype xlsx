--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -115,51 +115,51 @@
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3679) Andres Ln</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-433) Barry Rose WRF phase 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2986) Preservation Creek Phase 1 Section 1</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>