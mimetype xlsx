--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -124,51 +124,51 @@
   <x:si>
     <x:t>P13 - (323-3434) YC RANCH</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3399) Preservation Creek Ph 2 Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3292) Kendall Lakes Sec 12 Detention</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P15 - (323-2492) Tom Bass Park</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P15 - (323-2902) Sienna 75 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>