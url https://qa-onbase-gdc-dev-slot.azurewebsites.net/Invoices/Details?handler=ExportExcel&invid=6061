--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -103,51 +103,51 @@
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1681) Utilities and LS SH 96 GCWID 12</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3399) Preservation Creek Ph 2 Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3215) Preservation Creek Ph 1 Seg 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3524) TXDOT - H.CO.FM 1959 (DIXIE FARM) - 1844-01-029</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3472) Centerpoint - Santa Fe Service Center</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3397) Preservation Creek Ph 2 Sec 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>