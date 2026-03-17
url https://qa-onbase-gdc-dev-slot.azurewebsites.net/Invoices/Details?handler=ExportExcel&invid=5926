--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -103,51 +103,51 @@
   <x:si>
     <x:t>P13 - 323-2885</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2986) Preservation Creek Phase 1 Section 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2609) MIDLINE SEC 4 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2810) Windrose Green Sec 7 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3071) Pedregal South DETENTION POND</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2876) Preervation Creek MODEL VILLAGE-ALVIN</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2734) Mercedes Benz of Clear Lake Parking Lot Expansion</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2754) Pedegral South Sec 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2462) AG Barn-9th Ave N - Texas City ISD</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>