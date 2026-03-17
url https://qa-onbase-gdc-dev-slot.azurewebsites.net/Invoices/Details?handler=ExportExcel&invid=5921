--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -127,51 +127,51 @@
   <x:si>
     <x:t>P13 - (323-2986) Preservation Creek Phase 1 Section 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2000) Texas City 19th Ave and 16th St</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2745) Beamer Road Ph 1A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-3071) Pedregal South DETENTION POND</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2810) Windrose Green Sec 7 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2876) Preervation Creek MODEL VILLAGE-ALVIN</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2754) Pedegral South Sec 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2984) Wild Peach</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>