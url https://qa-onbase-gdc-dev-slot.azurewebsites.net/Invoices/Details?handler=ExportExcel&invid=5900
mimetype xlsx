--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -85,51 +85,51 @@
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2126</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2745) Beamer Road Ph 1A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2596) Midline Sec 2 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>