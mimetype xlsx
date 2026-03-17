--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2422) Meridiana Sec 25-A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2745) Beamer Road Ph 1A</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2754) Pedegral South Sec 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2318) Texian Trail Subdivision Drainage Improvements</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2485) MIDLINE SEC 3 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-340) French Quarter Subdivision</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>