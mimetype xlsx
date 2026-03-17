--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -115,51 +115,51 @@
   <x:si>
     <x:t>P13 - (323-2144) Magnolia Creek Sec 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2422) Meridiana Sec 25-A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2351) Meridiana Sec 82</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2485) MIDLINE SEC 3 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2640) TNMP-Mainland Substation Expansion</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1389) TXDOT - G.CO. - FM 518 IMPR</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2745) Beamer Road Ph 1A</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2596) Midline Sec 2 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>