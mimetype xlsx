--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2436) Sterling Falls Wedding</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1981) Windrose Green Sec 6</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2282) Whataburger Pearland</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-384) Clear Creek Community Church</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2596) Midline Sec 2 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2351) Meridiana Sec 82</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-538</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-570) Vida Mar Rough Cut Detention</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2144) Magnolia Creek Sec 1</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2668) VIKING 3310 GULF FWY 77539</x:t>
   </x:si>