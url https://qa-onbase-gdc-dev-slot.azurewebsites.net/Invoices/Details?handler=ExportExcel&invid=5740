--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -106,51 +106,51 @@
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1981) Windrose Green Sec 6</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2357) LANDING BLVD PH II ERVIN STREET PH IV - WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1408) LC Historic District Drainage Project</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2252) MERIDIANA SECT 32C WSD and Paving</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2422) Meridiana Sec 25-A</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2596) Midline Sec 2 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2406) TNMP-Lago Mar Substation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2351) Meridiana Sec 82</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1545) Midline Ph 1 Det and MG</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>