--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -121,51 +121,51 @@
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2406) TNMP-Lago Mar Substation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-570) Vida Mar Rough Cut Detention</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2374) SIERRA VISTA WEST SEC 11</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-841</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2471) Samara SEC. 11 Paving</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1981) Windrose Green Sec 6</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2252) MERIDIANA SECT 32C WSD and Paving</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2436) Sterling Falls Wedding</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>