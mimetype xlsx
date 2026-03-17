--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -97,51 +97,51 @@
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-235) La Porte ISD Bulldog Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2406) TNMP-Lago Mar Substation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-196</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1981) Windrose Green Sec 6</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2351) Meridiana Sec 82</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2374) SIERRA VISTA WEST SEC 11</x:t>
   </x:si>