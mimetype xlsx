--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -94,51 +94,51 @@
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P11 - (323-623) Davis Harbor WSD</x:t>
   </x:si>
   <x:si>
     <x:t>MORTARSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2374) SIERRA VISTA WEST SEC 11</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1877) Lago Mar 24 Inch FM Ph2-Lago Mar Offsite</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-841</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>