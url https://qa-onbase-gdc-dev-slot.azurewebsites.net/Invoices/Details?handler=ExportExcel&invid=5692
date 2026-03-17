--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -127,51 +127,51 @@
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2340) Friendswood 24 Inch Clear Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2411) Brazoria Co Ct Exp-PTO 5B</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1996) Sunset Grove Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2406) TNMP-Lago Mar Substation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1981) Windrose Green Sec 6</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2351) Meridiana Sec 82</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2422) Meridiana Sec 25-A</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2282) Whataburger Pearland</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2252) MERIDIANA SECT 32C WSD and Paving</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2436) Sterling Falls Wedding</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>