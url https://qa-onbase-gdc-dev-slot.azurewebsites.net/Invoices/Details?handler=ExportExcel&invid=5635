--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -115,51 +115,51 @@
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2106) CREEKHAVEN BLVD 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1954) Caldwell Lakes Primary Entry Monument</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2371) Texas City Highschool</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-340) French Quarter Subdivision</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-675) POH - 2025 ANNUAL PAVEMENT REPAIRS (forde)</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>