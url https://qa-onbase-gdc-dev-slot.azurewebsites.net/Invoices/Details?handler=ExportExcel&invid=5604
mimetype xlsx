--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-704</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-384) Clear Creek Community Church</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-570) Vida Mar Rough Cut Detention</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>