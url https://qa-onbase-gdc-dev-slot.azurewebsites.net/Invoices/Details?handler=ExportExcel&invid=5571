--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -85,51 +85,51 @@
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1136) TXDOT - Galveston FM 1764 1607-01-057</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-982) Columbia HS Additions &amp; Renovations</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-635) Brazoswood Pool Replacment</x:t>
   </x:si>