--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -88,51 +88,51 @@
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-704</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1824) Galveston bay Foundation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>