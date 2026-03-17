--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-888) South Point Drng Imprv Proj-City of Texas City</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-704</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-524) Port of Houston Bayport Cntr Yrd 8 at Bayport Term</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1653</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2255) Fife Lane Phase 1 WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1824) Galveston bay Foundation</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2106) CREEKHAVEN BLVD 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>