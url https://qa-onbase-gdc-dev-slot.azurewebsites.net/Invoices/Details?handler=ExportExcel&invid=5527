--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -121,51 +121,51 @@
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-772) Galveston Cruise Terminal 16 Improvements</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1877) Lago Mar 24 Inch FM Ph2-Lago Mar Offsite</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-559) SAMARA SECTION 9</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1856) MIDLINE SEC 5 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2179) Dickinson HS CTE Additions</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>