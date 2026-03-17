--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -124,51 +124,51 @@
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1977) MIDLINE SEC 1 - WSDP</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1877) Lago Mar 24 Inch FM Ph2-Lago Mar Offsite</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1408) LC Historic District Drainage Project</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-2003</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-2155) Red Bluff</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-379) COH - Force Main Flow Diversion - SAGEMONT - 36 Fo</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-173) Angleton ES 7 and JH 2 Package 1</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>