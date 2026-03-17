--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -79,51 +79,51 @@
   <x:si>
     <x:t>Truck</x:t>
   </x:si>
   <x:si>
     <x:t>D258</x:t>
   </x:si>
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="10" x14ac:knownFonts="1">