--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -109,51 +109,51 @@
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1328) Tractor Supply - Alvin, TX</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1408) LC Historic District Drainage Project</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1653</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-309) Galveston County Bacliff Drainage Improvements</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-818) Elite Crossing</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>