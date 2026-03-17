--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -94,51 +94,51 @@
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-524) Port of Houston Bayport Cntr Yrd 8 at Bayport Term</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-623) Davis Harbor WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1815) Brazosport Rasco Stracking Lanes</x:t>
   </x:si>