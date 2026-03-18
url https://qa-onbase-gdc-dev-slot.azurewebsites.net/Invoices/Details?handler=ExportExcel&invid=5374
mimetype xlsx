--- v0 (2026-01-15)
+++ v1 (2026-03-18)
@@ -118,51 +118,51 @@
   <x:si>
     <x:t>P13 - (323-1815) Brazosport Rasco Stracking Lanes</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1878) Vida Costera Sec 3</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-948) TXDOT-FM 519 - GALV - 0979-01-027</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-629</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1347) PCMUD 1 WP and Storage Facility</x:t>
   </x:si>
   <x:si>
     <x:t>BS</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-635) Brazoswood Pool Replacment</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-841</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>