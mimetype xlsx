--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -97,51 +97,51 @@
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1130) HSBT</x:t>
   </x:si>
   <x:si>
     <x:t>HSBT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1328) Tractor Supply - Alvin, TX</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1653</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>