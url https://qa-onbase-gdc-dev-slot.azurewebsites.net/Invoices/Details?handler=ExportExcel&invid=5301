--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -85,51 +85,51 @@
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1328) Tractor Supply - Alvin, TX</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1408) LC Historic District Drainage Project</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-871</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1596) Container Yard 1 South</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-384) Clear Creek Community Church</x:t>
   </x:si>