--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -109,51 +109,51 @@
   <x:si>
     <x:t>P13 - (323-1328) Tractor Supply - Alvin, TX</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1408) LC Historic District Drainage Project</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-623) Davis Harbor WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1545) Midline Ph 1 Det and MG</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-17</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>