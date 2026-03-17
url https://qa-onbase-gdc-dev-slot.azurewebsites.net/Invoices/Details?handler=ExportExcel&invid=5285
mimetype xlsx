--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-841</x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1214) VIOLA - CITY OF LEAGUE CITY</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>