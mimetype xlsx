--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -79,51 +79,51 @@
   <x:si>
     <x:t>Truck</x:t>
   </x:si>
   <x:si>
     <x:t>D95</x:t>
   </x:si>
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>
   <x:si>
     <x:t>Pugmill - Order</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>Unit</x:t>
   </x:si>
   <x:si>
     <x:t>Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Amount</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>7PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-340) French Quarter Subdivision</x:t>
   </x:si>
   <x:si>
     <x:t>5PSSDB</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1303</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-199) Bayou Lakes Sec 5</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1052) VIDA MAR SEC 1 WSD</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>