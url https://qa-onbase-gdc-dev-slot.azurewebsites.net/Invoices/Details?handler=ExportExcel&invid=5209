--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -136,51 +136,51 @@
   <x:si>
     <x:t>P13 - (323-27) TXDOT SH 36 (Needville)</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-570) Vida Mar Rough Cut Detention</x:t>
   </x:si>
   <x:si>
     <x:t>10PSSDA</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-841</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1321) Brazoria County Alvin Annex Building</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-30) Samara Sec 15</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-68) ROSEATE BEACH SUBDIVISION, GALVESTON, TEXAS</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1545) Midline Ph 1 Det and MG</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-909</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1303</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>