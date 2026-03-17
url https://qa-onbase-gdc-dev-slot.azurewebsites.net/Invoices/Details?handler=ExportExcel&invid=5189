--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -133,51 +133,51 @@
   <x:si>
     <x:t>P13 - (323-1066) Lake Mija Section 4</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-570) Vida Mar Rough Cut Detention</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-506) PECAN RANCH SEC 2</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1545) Midline Ph 1 Det and MG</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-384) Clear Creek Community Church</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - 323-1303</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-340) French Quarter Subdivision</x:t>
   </x:si>
   <x:si>
-    <x:t>P13 - 323-1591</x:t>
+    <x:t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </x:t>
   </x:si>
   <x:si>
     <x:t>P13 - (323-906) TAMU Space Institute</x:t>
   </x:si>
   <x:si>
     <x:t>Bonus</x:t>
   </x:si>
   <x:si>
     <x:t>5%</x:t>
   </x:si>
   <x:si>
     <x:t>SUBTOTAL</x:t>
   </x:si>
   <x:si>
     <x:t>Fuel</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">