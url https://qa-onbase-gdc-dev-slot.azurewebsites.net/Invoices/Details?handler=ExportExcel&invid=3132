--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -40,51 +40,51 @@
   <x:calcPr calcId="191029"/>
   <x:extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Settlement
 of payment</x:t>
   </x:si>
   <x:si>
     <x:t>Bill To:</x:t>
   </x:si>
   <x:si>
     <x:t>Freddy Quintero</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
-    <x:t>Francisco Sanchez</x:t>
+    <x:t>Jose Sanchez</x:t>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>R003132</x:t>
   </x:si>
   <x:si>
     <x:t>N° Paid</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Pay</x:t>
   </x:si>
   <x:si>
     <x:t>N° Pending</x:t>
   </x:si>
   <x:si>
     <x:t>Truck</x:t>
   </x:si>
   <x:si>
     <x:t>D36</x:t>
   </x:si>
   <x:si>
     <x:t>#Ticket</x:t>
   </x:si>